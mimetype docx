--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -353,51 +353,71 @@
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="40"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B7F2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Arrows are used to show alternative choices. In the final consent, arrows can be deleted and the usual margin maintained.</w:t>
+        <w:t xml:space="preserve">Arrows are used to show alternative choices. In the final consent, arrows can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>deleted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B7F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the usual margin maintained.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A959BCB" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68869495" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
@@ -624,51 +644,51 @@
         <w:t>Milwaukee WI 53226</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="306EE186" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28CE9AE3" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk503365669"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="1918BBB4" w14:textId="77777777" w:rsidR="0050535D" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+    <w:p w14:paraId="1918BBB4" w14:textId="77777777" w:rsidR="0050535D" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1309783215"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="545FAF5A4CDE431DB80A26A5931D4337"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0050535D" w:rsidRPr="005A5FEA">
             <w:rPr>
@@ -848,51 +868,51 @@
                           <wps:cNvSpPr txBox="1">
                             <a:spLocks noChangeArrowheads="1"/>
                           </wps:cNvSpPr>
                           <wps:spPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="5925185" cy="2457450"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                             <a:ln w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="103C76BA" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0061428A" w:rsidP="00E670F6">
+                              <w:p w14:paraId="103C76BA" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="00B85343" w:rsidP="00E670F6">
                                 <w:pPr>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                     <w:u w:val="single"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                       <w:u w:val="single"/>
                                     </w:rPr>
                                     <w:alias w:val="Definitions"/>
                                     <w:tag w:val="Definitions"/>
                                     <w:id w:val="-1462116237"/>
                                     <w:lock w:val="contentLocked"/>
                                     <w:placeholder>
                                       <w:docPart w:val="FA01A7359ADE46C8B24B0B207B884E6F"/>
                                     </w:placeholder>
@@ -1404,51 +1424,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3063240" cy="5143500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="293B9DC1" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00D339F3" w:rsidRDefault="0061428A" w:rsidP="00E21842">
+                          <w:p w14:paraId="293B9DC1" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00D339F3" w:rsidRDefault="00B85343" w:rsidP="00E21842">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="0000FF"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:color w:val="0000FF"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:u w:val="single"/>
                                 </w:rPr>
                                 <w:alias w:val="Procedures"/>
                                 <w:tag w:val="Procedures"/>
                                 <w:id w:val="1528447910"/>
                                 <w15:color w:val="FFFFFF"/>
@@ -1980,51 +2000,71 @@
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:ind w:left="900"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EF5BA2">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="0000FF"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Depending on the type</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="0000FF"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>, each visit may last anywhere from x to x hours.</w:t>
+                              <w:t xml:space="preserve">, each visit may last anywhere from </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="0000FF"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>x to x</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="0000FF"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> hours.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="69590926" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0050535D" w:rsidP="00E21842">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:sdt>
                             <w:sdtPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:alias w:val="Procedures List"/>
                               <w:tag w:val="Procedures List"/>
                               <w:id w:val="-615292609"/>
                               <w15:color w:val="FFFFFF"/>
                             </w:sdtPr>
@@ -3223,79 +3263,89 @@
                             <w:sdtContent>
                               <w:p w14:paraId="1506FD85" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0050535D" w:rsidP="00E21842">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                     <w:u w:val="single"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="005B7F2E">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                     <w:u w:val="single"/>
                                   </w:rPr>
                                   <w:t>Risks</w:t>
                                 </w:r>
                               </w:p>
                             </w:sdtContent>
                           </w:sdt>
-                          <w:p w14:paraId="483880FA" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0061428A" w:rsidP="00E21842">
+                          <w:p w14:paraId="483880FA" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="00B85343" w:rsidP="00E21842">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:id w:val="-1742099552"/>
                                 <w:lock w:val="sdtContentLocked"/>
                                 <w15:color w:val="FFFFFF"/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="0050535D">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
-                                  <w:t>This is a brief list of the most commonly seen</w:t>
+                                  <w:t xml:space="preserve">This is a brief list of the </w:t>
                                 </w:r>
+                                <w:proofErr w:type="gramStart"/>
+                                <w:r w:rsidR="0050535D">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:t>most commonly seen</w:t>
+                                </w:r>
+                                <w:proofErr w:type="gramEnd"/>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidR="0050535D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0050535D" w:rsidRPr="004171B0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="0000FF"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>side effects/risks.</w:t>
                             </w:r>
                             <w:r w:rsidR="0050535D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
@@ -4121,51 +4171,51 @@
                             <w:sdtContent>
                               <w:p w14:paraId="6CA1FF84" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0050535D" w:rsidP="004171B0">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                     <w:u w:val="single"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="005B7F2E">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="22"/>
                                     <w:szCs w:val="22"/>
                                     <w:u w:val="single"/>
                                   </w:rPr>
                                   <w:t>Purpose</w:t>
                                 </w:r>
                               </w:p>
                             </w:sdtContent>
                           </w:sdt>
-                          <w:p w14:paraId="1DD45D5F" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="0061428A" w:rsidP="004171B0">
+                          <w:p w14:paraId="1DD45D5F" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="005B7F2E" w:rsidRDefault="00B85343" w:rsidP="004171B0">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:alias w:val="Purpose"/>
                                 <w:tag w:val="Purpose"/>
                                 <w:id w:val="-908449298"/>
                                 <w:lock w:val="sdtContentLocked"/>
                                 <w15:color w:val="FFFFFF"/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="0050535D" w:rsidRPr="005B7F2E">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5045,51 +5095,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6325870" cy="1014095"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="38100">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="56EC7A5B" w14:textId="77777777" w:rsidR="0050535D" w:rsidRDefault="0061428A" w:rsidP="000F1E8B">
+                          <w:p w14:paraId="56EC7A5B" w14:textId="77777777" w:rsidR="0050535D" w:rsidRDefault="00B85343" w:rsidP="000F1E8B">
                             <w:pPr>
                               <w:ind w:left="720" w:right="720"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:id w:val="-1692827904"/>
                                 <w:lock w:val="sdtContentLocked"/>
                                 <w15:color w:val="FFFFFF"/>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="0050535D">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:sz w:val="20"/>
                                   </w:rPr>
@@ -5316,51 +5366,51 @@
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000F1E8B">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>If you have questions about your rights as a participant, want to report any problems or complaints, or offer input, you can call the MCW/Froedtert Hospital Research Subject Advocate at 414-955-8844.</w:t>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                     <w:p w14:paraId="5146C8C7" w14:textId="77777777" w:rsidR="0050535D" w:rsidRDefault="0050535D"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C188A6" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+    <w:p w14:paraId="45C188A6" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1511181562"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="61CF4BBF32BF4FC8A0DD996FBC803830"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
@@ -6506,103 +6556,127 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>which will require [insert procedure] only for the purpose of this bank.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0EE8EC" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="260A7409" w14:textId="1445D23F" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
+    <w:p w14:paraId="260A7409" w14:textId="5972C6F9" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk503451428"/>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following if research involves infectious disease testing, donating a unit of blood in any </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Versiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood Health</w:t>
+      </w:r>
       <w:r w:rsidR="00176DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Versiti, Inc.</w:t>
+        <w:t>, Inc.</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> donor room, or undergoing apheresis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A124FFD" w14:textId="653D339A" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
+    <w:p w14:paraId="7A124FFD" w14:textId="7FE73586" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk504134423"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>As part of the procedure for donating a unit of blood,</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -6645,59 +6719,71 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>AIDS (the disease caused by the HIV virus), syphilis, hepatitis B, hepatitis C and others</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. If certain tests are positive, </w:t>
       </w:r>
-      <w:r w:rsidR="005C4538">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Versiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood Health</w:t>
       </w:r>
       <w:r w:rsidR="00ED3ADF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inc.</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>/we will/may</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -6740,59 +6826,71 @@
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t>Results of your blood test will be released only to authorized persons as governed by Wisconsin law. A list of persons to be notified and reasons that will cause release of your blood test is available upon request.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Results of the blood test will be released to </w:t>
       </w:r>
-      <w:r w:rsidR="005C4538">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Versiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood Health</w:t>
       </w:r>
       <w:r w:rsidR="00ED3ADF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inc.</w:t>
       </w:r>
       <w:r w:rsidR="005C4538" w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
@@ -6865,51 +6963,75 @@
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">List here the types of information to be collected or used for the research, including the time period from which they are collected. </w:t>
+        <w:t xml:space="preserve">List here the types of information to be collected or used for the research, including the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from which they are collected. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB0A617" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B2. WHAT HEALTH INFORMATION WILL BE BANKED?</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
@@ -7081,103 +7203,138 @@
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If any of the health information to be banked comes from care or services received at a MCW/FH hospital or clinic or from BCW, please include the following. If not, please delete. You must include the entire paragraph or nothing at all; please do not edit the phrase or delete the names of some institutions. </w:t>
+        <w:t xml:space="preserve">If any of the health information to be banked comes from care or services received at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MCW/FH hospital or clinic or from BCW, please include the following. If not, please delete. You must include the entire paragraph or nothing at all; please do not edit the phrase or delete the names of some institutions. </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:alias w:val="B2"/>
         <w:tag w:val="B2"/>
         <w:id w:val="-2115896929"/>
         <w:placeholder>
           <w:docPart w:val="CB9BF855AD4C4BD19F20CB51AE708E52"/>
         </w:placeholder>
         <w15:color w:val="FFFFFF"/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="7F1F209F" w14:textId="1A20B50F" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
+        <w:p w14:paraId="7F1F209F" w14:textId="08841479" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>The protected health information (PHI) originates from services you will or have received at one or more of the following locations: the Medical College of Wisconsin (MCW); </w:t>
           </w:r>
-          <w:r w:rsidR="005C4538">
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00B85343">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Versiti</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="00B85343">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Blood Health</w:t>
           </w:r>
           <w:r w:rsidR="00135A07">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>,</w:t>
           </w:r>
           <w:r w:rsidR="00ED3ADF">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Inc.</w:t>
           </w:r>
           <w:r w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
@@ -7235,82 +7392,104 @@
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> West Bend</w:t>
           </w:r>
           <w:r w:rsidR="005C4538">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> Hospital</w:t>
           </w:r>
           <w:r w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>;  Froedtert &amp; The Medical College of Wisconsin Community Physicians Clinics, Inc. (FMCWCP); the West Bend Surgery Center, LLC; and the Froedtert Surgery Center, LLC.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="68337A2E" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+        <w:p w14:paraId="68337A2E" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:snapToGrid w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="19E331D2" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The health information we will collect and bank is:</w:t>
+        <w:t xml:space="preserve">The health information we will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>collect</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and bank is:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFB0979" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[Medical records of the care you receive during the main project]</w:t>
@@ -7445,51 +7624,71 @@
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>&lt;health information/specify biospecimen&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  at </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[MCW/Froedtert Hospital / Children’s Wisconsin/ Zablocki Veteran’s Hospital / Blood Research Institute</w:t>
+        <w:t xml:space="preserve">[MCW/Froedtert Hospital / Children’s Wisconsin/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zablocki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Veteran’s Hospital / Blood Research Institute</w:t>
       </w:r>
       <w:r w:rsidR="00CC3EAE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC3EAE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8256,51 +8455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(S)</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF38197" w14:textId="549E50FB" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+    <w:p w14:paraId="6FF38197" w14:textId="549E50FB" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="C3"/>
           <w:tag w:val="C3"/>
           <w:id w:val="-427418599"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="CB9BF855AD4C4BD19F20CB51AE708E52"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -9330,64 +9529,64 @@
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="3DBEB2B6" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t>At this time, there is no plan for any additional financial payments.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="57DAC05D" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+        <w:p w14:paraId="57DAC05D" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="7E129E3A" w14:textId="3A25D5EB" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+    <w:p w14:paraId="7E129E3A" w14:textId="3A25D5EB" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:id w:val="1689870847"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
@@ -9622,51 +9821,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13E3CEB1" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D4. WHO CAN ANSWER MY QUESTIONS ABOUT THE BANK?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257D0D9B" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+    <w:p w14:paraId="257D0D9B" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="400108964"/>
           <w:lock w:val="contentLocked"/>
@@ -9778,104 +9977,124 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B51EC9B" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E1. WHO WILL SEE MY HEALTH INFORMATION?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EEDB76" w14:textId="1B3B6015" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+    <w:p w14:paraId="50EEDB76" w14:textId="286C1D3B" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
       <w:pPr>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="E2"/>
           <w:tag w:val="E2"/>
           <w:id w:val="1118871155"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="4163E6404B71463797D26CC8C443CB49"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>The only MCW/Froedtert Hospital</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Versiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood Health</w:t>
+      </w:r>
       <w:r w:rsidR="001937A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Versiti, Inc.</w:t>
+        <w:t>, Inc.</w:t>
       </w:r>
       <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="E2"/>
           <w:tag w:val="E2"/>
           <w:id w:val="1218475981"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="4163E6404B71463797D26CC8C443CB49"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
@@ -10006,107 +10225,145 @@
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>If the costs of any necessary emergency medical treatment in the event of a research-related injury are billed to your health insurance, your health information may need to be disclosed to the insurer for billing purposes.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkEnd w:id="14"/>
     <w:p w14:paraId="46CA4AF6" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59AA9070" w14:textId="46E8EFC9" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
+    <w:p w14:paraId="59AA9070" w14:textId="5703F538" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Delete this paragraph if no one outside MCW/FH</w:t>
       </w:r>
       <w:r w:rsidR="00970154">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>/Versiti, Inc.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00125BD2">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Versiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood Health</w:t>
+      </w:r>
+      <w:r w:rsidR="00970154">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Inc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> will access identified data</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="15" w:name="_Hlk504134803"/>
-    <w:p w14:paraId="7F74070E" w14:textId="244FF269" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0061428A" w:rsidP="00D52F2F">
+    <w:p w14:paraId="7F74070E" w14:textId="0457FC85" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="00B85343" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:snapToGrid w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1627742078"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="4163E6404B71463797D26CC8C443CB49"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="000000"/>
@@ -10122,59 +10379,81 @@
             </w:rPr>
             <w:t xml:space="preserve">The research team may share your information with people who don’t work at </w:t>
           </w:r>
           <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:snapToGrid w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>MCW/Froedtert Hospital</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Versiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood Health</w:t>
+      </w:r>
       <w:r w:rsidR="001937A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Versiti, Inc.</w:t>
+        <w:t>, Inc.</w:t>
       </w:r>
       <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:snapToGrid w:val="0"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1454243482"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="4163E6404B71463797D26CC8C443CB49"/>
           </w:placeholder>
@@ -10185,59 +10464,81 @@
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:snapToGrid w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>because they planned, pay for, or work with us on this bank.  The federal Privacy Rule may no longer protect your health information once it leaves MCW/Froedtert Hospital</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Versiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood Health</w:t>
+      </w:r>
       <w:r w:rsidR="001937A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Versiti, Inc</w:t>
+        <w:t>, Inc</w:t>
       </w:r>
       <w:r w:rsidR="0050535D" w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:snapToGrid w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="18052513"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="4163E6404B71463797D26CC8C443CB49"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
@@ -10835,51 +11136,51 @@
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Insert the following paragraph if applicable:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B96AC07" w14:textId="4DC6EE40" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
+    <w:p w14:paraId="6B96AC07" w14:textId="2D383702" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Hlk504134859"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If we share your </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>&lt;health information/specify biospecimen&gt;</w:t>
@@ -10888,58 +11189,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with other research groups outside of </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>&lt;MCW/Froedtert Hospital</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Versiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood Health</w:t>
+      </w:r>
       <w:r w:rsidR="00176DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Versiti, Inc.</w:t>
+        <w:t>, Inc.</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, your personal identifiers will be removed so that no one will know that it came from you. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5856DF2A" w14:textId="77777777" w:rsidR="001937A6" w:rsidRPr="005B7F2E" w:rsidRDefault="001937A6" w:rsidP="001937A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10981,51 +11302,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as part of the bank.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p w14:paraId="43F9840A" w14:textId="77777777" w:rsidR="00A918F5" w:rsidRDefault="0061428A" w:rsidP="002A47AB">
+    <w:p w14:paraId="43F9840A" w14:textId="77777777" w:rsidR="00A918F5" w:rsidRDefault="00B85343" w:rsidP="002A47AB">
       <w:pPr>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:snapToGrid w:val="0"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="2059436123"/>
           <w:lock w:val="contentLocked"/>
           <w:placeholder>
             <w:docPart w:val="DBFFD3BF9B8F48A582AF947F5ED6EDA8"/>
           </w:placeholder>
           <w15:color w:val="FFFFFF"/>
         </w:sdtPr>
         <w:sdtEndPr>
@@ -11753,51 +12074,75 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidR="00DB0CE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/are</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> identified (by identifiers, codes or double-coding):</w:t>
+        <w:t xml:space="preserve"> identified (by identifiers, codes or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>double-coding</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41903BFC" w14:textId="1258C6B6" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You can contact </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12167,79 +12512,114 @@
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t>All of my questions have been answered to my satisfaction.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> my questions have been answered to my satisfaction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449D6B16" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="100"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The bank’s purpose, procedures, risks and possible benefits have been explained to me.  </w:t>
+        <w:t xml:space="preserve">The bank’s purpose, procedures, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risks</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and possible benefits have been explained to me.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6621F89E" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="100"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -12498,51 +12878,75 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Generally, the subject's signature is sufficient. Thus, the following signature lines are </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">optional </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>to include: Legally Authorized Representative, Witness, Principal Investigator or designated representative. These should only be included when the Investigator chooses to include them, or when required by the Sponsor.</w:t>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>include:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00125BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Legally Authorized Representative, Witness, Principal Investigator or designated representative. These should only be included when the Investigator chooses to include them, or when required by the Sponsor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B09F3A" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FD94778" w14:textId="77777777" w:rsidR="0050535D" w:rsidRPr="00125BD2" w:rsidRDefault="0050535D" w:rsidP="00D52F2F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -13433,56 +13837,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check76"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Subject has limited/no literacy</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="048BE432" w14:textId="77777777" w:rsidR="00451A6A" w:rsidRDefault="00451A6A" w:rsidP="003E2012">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
@@ -13490,56 +13894,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check76"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Subject has limited English proficiency</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05BDF336" w14:textId="77777777" w:rsidR="00451A6A" w:rsidRDefault="00451A6A" w:rsidP="003E2012">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
@@ -13547,56 +13951,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check76"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Subject has limited/no vision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="63281610" w14:textId="77777777" w:rsidR="00451A6A" w:rsidRDefault="00451A6A" w:rsidP="003E2012">
@@ -13621,56 +14025,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check76"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sponsor requirement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="122265ED" w14:textId="77777777" w:rsidR="00451A6A" w:rsidRDefault="00451A6A" w:rsidP="003E2012">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
@@ -13678,56 +14082,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check76"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0061428A">
+            <w:r w:rsidR="00B85343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DE1F1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other ____________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CACF0D1" w14:textId="77777777" w:rsidR="00451A6A" w:rsidRDefault="00451A6A" w:rsidP="003E2012">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
@@ -14367,79 +14771,79 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 3">
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="32E969C2" w14:textId="77777777" w:rsidR="00474229" w:rsidRDefault="00474229">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="25504ECF" w14:textId="56BE0F75" w:rsidR="00CB4E99" w:rsidRDefault="00CB4E99" w:rsidP="00CB4E99">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -15071,52 +15475,62 @@
       </w:rPr>
       <w:t xml:space="preserve">July </w:t>
     </w:r>
     <w:r w:rsidR="007B056E">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="0061428A">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00474229">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>, 2023</w:t>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00474229">
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2023</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00930EF9">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00930EF9">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="00930EF9">
       <w:rPr>
         <w:rStyle w:val="style2"/>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -15194,70 +15608,110 @@
       <w:rPr>
         <w:rStyle w:val="style2"/>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00930EF9">
       <w:rPr>
         <w:rStyle w:val="style2"/>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Approval Period: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="style2"/>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">&lt;&lt;ApproveDate&gt;&gt; </w:t>
+      <w:t>&lt;&lt;</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="style2"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ApproveDate</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="style2"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">&gt;&gt; </w:t>
     </w:r>
     <w:r w:rsidRPr="00930EF9">
       <w:rPr>
         <w:rStyle w:val="style2"/>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r w:rsidRPr="00005C10">
       <w:rPr>
         <w:rStyle w:val="style2"/>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>&lt;&lt;ExpireDate&gt;&gt;</w:t>
+      <w:t>&lt;&lt;</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00005C10">
+      <w:rPr>
+        <w:rStyle w:val="style2"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ExpireDate</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00005C10">
+      <w:rPr>
+        <w:rStyle w:val="style2"/>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>&gt;&gt;</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="55F43382" w14:textId="77777777" w:rsidR="0050535D" w:rsidRDefault="0050535D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5540E0CE" w14:textId="77777777" w:rsidR="00474229" w:rsidRDefault="00474229">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="154D6D8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
@@ -17212,54 +17666,56 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="603347978">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1367757478">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="981424173">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="590235630">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="145318056">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1999993399">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:formsDesign/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0050535D"/>
     <w:rsid w:val="000178A2"/>
     <w:rsid w:val="00033231"/>
     <w:rsid w:val="000B275A"/>
     <w:rsid w:val="00135A07"/>
     <w:rsid w:val="00141D94"/>
     <w:rsid w:val="00142B22"/>
@@ -17308,92 +17764,93 @@
     <w:rsid w:val="0061428A"/>
     <w:rsid w:val="00653642"/>
     <w:rsid w:val="0066080C"/>
     <w:rsid w:val="006628E4"/>
     <w:rsid w:val="00696DB2"/>
     <w:rsid w:val="006A7304"/>
     <w:rsid w:val="007071D8"/>
     <w:rsid w:val="007713E3"/>
     <w:rsid w:val="007B056E"/>
     <w:rsid w:val="007C2EFA"/>
     <w:rsid w:val="007D1DE6"/>
     <w:rsid w:val="008324E8"/>
     <w:rsid w:val="00862DA9"/>
     <w:rsid w:val="008B5D55"/>
     <w:rsid w:val="00913376"/>
     <w:rsid w:val="0094456C"/>
     <w:rsid w:val="00970154"/>
     <w:rsid w:val="009B5F91"/>
     <w:rsid w:val="00A2680F"/>
     <w:rsid w:val="00A918F5"/>
     <w:rsid w:val="00AA135C"/>
     <w:rsid w:val="00AF39BD"/>
     <w:rsid w:val="00B11FE4"/>
     <w:rsid w:val="00B66683"/>
     <w:rsid w:val="00B70378"/>
+    <w:rsid w:val="00B85343"/>
     <w:rsid w:val="00B96AC4"/>
     <w:rsid w:val="00C40069"/>
     <w:rsid w:val="00C5692A"/>
     <w:rsid w:val="00CB4E99"/>
     <w:rsid w:val="00CC3EAE"/>
     <w:rsid w:val="00CE1C84"/>
     <w:rsid w:val="00CE3B85"/>
     <w:rsid w:val="00D03FFF"/>
     <w:rsid w:val="00D04D1D"/>
     <w:rsid w:val="00D6758B"/>
     <w:rsid w:val="00D75150"/>
     <w:rsid w:val="00DB0CE0"/>
     <w:rsid w:val="00E233DC"/>
     <w:rsid w:val="00E45186"/>
     <w:rsid w:val="00E60EFF"/>
     <w:rsid w:val="00E86F0D"/>
     <w:rsid w:val="00ED3ADF"/>
     <w:rsid w:val="00EF2634"/>
     <w:rsid w:val="00F02BC7"/>
     <w:rsid w:val="00F24D71"/>
     <w:rsid w:val="00F27BA6"/>
     <w:rsid w:val="00F40723"/>
     <w:rsid w:val="00F85DA4"/>
     <w:rsid w:val="00FA6273"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="55D7D340"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AE4AD695-0AF2-4E40-896C-BDF32F87D053}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -18310,79 +18767,79 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 3">
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00243DD4"/>
     <w:rsid w:val="000378D6"/>
     <w:rsid w:val="00167B34"/>
     <w:rsid w:val="00243DD4"/>
     <w:rsid w:val="00291B2A"/>
     <w:rsid w:val="005A1D6A"/>
@@ -19165,69 +19622,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3140</Words>
-  <Characters>17902</Characters>
+  <Words>3158</Words>
+  <Characters>18001</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>150</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21001</CharactersWithSpaces>
+  <CharactersWithSpaces>21117</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Griffin, Sara</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>